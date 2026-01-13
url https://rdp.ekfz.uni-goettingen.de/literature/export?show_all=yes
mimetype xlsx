--- v0 (2025-11-24)
+++ v1 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="474">
   <si>
     <t>RDP - Link</t>
   </si>
   <si>
     <t>Working Groups</t>
   </si>
   <si>
     <t>Subproject</t>
   </si>
   <si>
     <t>Open Access</t>
   </si>
   <si>
     <t>Publication Type</t>
   </si>
   <si>
     <t>Peer Reviewed</t>
   </si>
   <si>
     <t>PMID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
@@ -167,233 +167,545 @@
   <si>
     <t>no ISSN (NLM ID:101680187)</t>
   </si>
   <si>
     <t>https://doi.org/10.1101/2025.03.01.640558</t>
   </si>
   <si>
     <t>Not yet finally published in a peer-reviewed journal</t>
   </si>
   <si>
     <t>Do TT, Siegert A, Domart F, Hahn F, Zeising C, Muth S, Pape C, Kusch K, Dresbach T, Rizzoli SO, Petrovic A, Fernández-Busnadiego R</t>
   </si>
   <si>
     <t>Do TT</t>
   </si>
   <si>
     <t>Fernández-Busnadiego R</t>
   </si>
   <si>
     <t>2025-03-19 12:40:06</t>
   </si>
   <si>
     <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/3</t>
   </si>
   <si>
+    <t>rg_kusch, rg_moser</t>
+  </si>
+  <si>
     <t>10.1101/2025.02.21.639411</t>
   </si>
   <si>
     <t>Isotropic, aberration-corrected light sheet microscopy for rapid high-resolution imaging of cleared tissue</t>
   </si>
   <si>
     <t>https://doi.org/10.1101/2025.02.21.639411</t>
   </si>
   <si>
+    <t>Final article published in Nature Biotechnology here: doi:10.1038/s41587-025-02882-8</t>
+  </si>
+  <si>
     <t>Aakhte M, Müller GF, Li J, Weiss KR, Roos L, Diniz AM, Wenzel J, Schwaninger M, Moser T, Huisken J</t>
   </si>
   <si>
     <t>Aakhte M</t>
   </si>
   <si>
     <t>Huisken J</t>
   </si>
   <si>
     <t>2025-06-27 09:28:59</t>
   </si>
   <si>
     <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/4</t>
   </si>
   <si>
     <t>rg-gollish</t>
   </si>
   <si>
     <t>10.1371/journal.pcbi.1012370</t>
   </si>
   <si>
     <t>Applying Super-Resolution and Tomography Concepts to Identify Receptive Field Subunits in the Retina</t>
   </si>
   <si>
     <t>PLOS Computational Biology</t>
   </si>
   <si>
+    <t>1553-734X</t>
+  </si>
+  <si>
     <t>1553-7358</t>
   </si>
   <si>
     <t>https://doi.org/10.1371/journal.pcbi.1012370</t>
   </si>
   <si>
     <t>e1012370</t>
   </si>
   <si>
     <t>PLoS Comput Biol</t>
   </si>
   <si>
     <t>Krüppel S, Khani MH, Schreyer HM, Sridhar S, Ramakrishna V, Zapp SJ, Mietsch M, Karamanlis D, Gollisch T</t>
   </si>
   <si>
     <t>Krüppel S</t>
   </si>
   <si>
     <t>Gollisch T</t>
   </si>
   <si>
     <t>2025-07-04 07:59:13</t>
   </si>
   <si>
     <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/5</t>
   </si>
   <si>
     <t>10.1038/s41586-024-08212-3</t>
   </si>
   <si>
     <t>Nonlinear receptive fields evoke redundant retinal coding of natural scenes</t>
   </si>
   <si>
     <t>Nature</t>
   </si>
   <si>
     <t>0028-0836</t>
   </si>
   <si>
+    <t>1476-4687</t>
+  </si>
+  <si>
     <t>https://doi.org/10.1038/s41586-024-08212-3</t>
   </si>
   <si>
     <t>394-401</t>
   </si>
   <si>
     <t>Karamanlis D, Khani MH, Schreyer HM, Zapp SJ, Mietsch M, Gollisch T</t>
   </si>
   <si>
     <t>Karamanlis D</t>
   </si>
   <si>
     <t>2025-07-04 08:02:22</t>
   </si>
   <si>
     <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/6</t>
   </si>
   <si>
-    <t>Unknown</t>
+    <t>10.48550/arXiv.2506.03293</t>
+  </si>
+  <si>
+    <t>Learning to cluster neuronal function</t>
+  </si>
+  <si>
+    <t>arXiv</t>
+  </si>
+  <si>
+    <t>2331-8422</t>
   </si>
   <si>
     <t>https://doi.org/10.48550/arXiv.2506.03293</t>
   </si>
   <si>
-    <t>Learning to cluster neuronal function</t>
-[...4 lines deleted...]
-  <si>
     <t>Nina S. Nellen, Polina Turishcheva, Michaela Vystrčilová, Shashwat Sridhar, Tim Gollisch, Andreas S. Tolias, Alexander S. Ecker</t>
   </si>
   <si>
     <t>Nina S. Nellen</t>
   </si>
   <si>
     <t>Alexander S. Ecker</t>
   </si>
   <si>
     <t>2025-07-09 10:08:56</t>
   </si>
   <si>
     <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/7</t>
   </si>
   <si>
     <t>10.1088/1741-2552/adf00f</t>
   </si>
   <si>
     <t>Hearing restoration by a low-weight power-efficient multichannel optogenetic cochlear implant system</t>
   </si>
   <si>
     <t>Journal of Neural Engineering</t>
   </si>
   <si>
     <t>1741-2560</t>
   </si>
   <si>
+    <t>1741-2552</t>
+  </si>
+  <si>
     <t>https://doi.org/10.1088/1741-2552/adf00f</t>
   </si>
   <si>
     <t>046034</t>
   </si>
   <si>
     <t>J Neural Eng</t>
   </si>
   <si>
     <t>Jablonski L, Harczos T, Wolf B, Hoch G, Khurana L, Dieter A, Roos L, Hessler R, Ayub S, Ruther P, Moser T</t>
   </si>
   <si>
     <t>Jablonski L</t>
   </si>
   <si>
     <t>Moser T</t>
   </si>
   <si>
     <t>2025-11-13 14:23:36</t>
   </si>
   <si>
     <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/8</t>
   </si>
   <si>
-    <t>rg_kusch, rg_moser</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1101/2025.11.16.688700</t>
   </si>
   <si>
     <t>CochleaNet: deep learning-based image analysis for cochlear connectomics and gene therapy</t>
   </si>
   <si>
     <t>https://doi.org/10.1101/2025.11.16.688700</t>
   </si>
   <si>
     <t>Roos L, Diniz AM, Koert E, Schilling M, Uhl M, Thirumalai A, Aakhte M, Kusch K, Huisken J, Moser T, Pape C</t>
   </si>
   <si>
     <t>Roos L</t>
   </si>
   <si>
     <t>Pape C</t>
   </si>
   <si>
     <t>2025-11-19 07:37:51</t>
   </si>
   <si>
+    <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/9</t>
+  </si>
+  <si>
+    <t>rg_bruegmann</t>
+  </si>
+  <si>
+    <t>10.1111/nmo.70028</t>
+  </si>
+  <si>
+    <t>Direct Stimulation of Gastric Smooth Muscle Cells via G&lt;sub&gt;q&lt;/sub&gt; Proteins With Light</t>
+  </si>
+  <si>
+    <t>Neurogastroenterology &amp; Motility</t>
+  </si>
+  <si>
+    <t>1350-1925</t>
+  </si>
+  <si>
+    <t>1365-2982</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1111/nmo.70028</t>
+  </si>
+  <si>
+    <t>Neurogastroenterol Motil</t>
+  </si>
+  <si>
+    <t>Zipf D, Vogt M, Sathyanarayanan U, Wagdi A, Riebeling J, Patejdl R, Bruegmann T</t>
+  </si>
+  <si>
+    <t>Zipf D</t>
+  </si>
+  <si>
+    <t>Bruegmann T</t>
+  </si>
+  <si>
+    <t>2025-11-26 13:21:22</t>
+  </si>
+  <si>
+    <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/10</t>
+  </si>
+  <si>
+    <t>10.1371/journal.pcbi.1013031</t>
+  </si>
+  <si>
+    <t>Filter-based models of suppression in retinal ganglion cells: Comparison and generalization across species and stimuli</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1371/journal.pcbi.1013031</t>
+  </si>
+  <si>
+    <t>e1013031</t>
+  </si>
+  <si>
+    <t>Shahidi N, Rozenblit F, Khani MH, Schreyer HM, Mietsch M, Protti DA, Gollisch T</t>
+  </si>
+  <si>
+    <t>Shahidi N</t>
+  </si>
+  <si>
+    <t>2025-11-26 13:38:09</t>
+  </si>
+  <si>
+    <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/11</t>
+  </si>
+  <si>
+    <t>rg-mace</t>
+  </si>
+  <si>
+    <t>10.1126/science.adu9828</t>
+  </si>
+  <si>
+    <t>Visual objects refine head direction coding</t>
+  </si>
+  <si>
+    <t>Science</t>
+  </si>
+  <si>
+    <t>0036-8075</t>
+  </si>
+  <si>
+    <t>1095-9203</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1126/science.adu9828</t>
+  </si>
+  <si>
+    <t>Siegenthaler D, Denny H, Carrasco SS, Mayer JL, Levenstein D, Peyrache A, Trenholm S, Macé É</t>
+  </si>
+  <si>
+    <t>Siegenthaler D</t>
+  </si>
+  <si>
+    <t>Macé É</t>
+  </si>
+  <si>
+    <t>2025-11-26 15:42:02</t>
+  </si>
+  <si>
+    <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/12</t>
+  </si>
+  <si>
+    <t>rg_bruegmann, rg_kusch, rg-mace, rg-mager, rg_moser</t>
+  </si>
+  <si>
+    <t>10.1038/s41551-025-01461-1</t>
+  </si>
+  <si>
+    <t>Efficient and sustained optogenetic control of sensory and cardiac systems</t>
+  </si>
+  <si>
+    <t>Nature Biomedical Engineering</t>
+  </si>
+  <si>
+    <t>2157-846X</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41551-025-01461-1</t>
+  </si>
+  <si>
+    <t>Nat. Biomed Eng</t>
+  </si>
+  <si>
+    <t>Alekseev A, Hunniford V, Zerche M, Jeschke M, El May F, Vavakou A, Siegenthaler D, Hüser MA, Kiehn SM, Garrido-Charles A, Meyer A, Rambousky A, Alvanos T, Witzke I, Rojas-Garcia KD, Draband MD, Cyganek L, Klein E, Ruther P, Huet A, Trenholm S, Macé E, Kusch K, Bruegmann T, Wolf BJ, Mager T, Moser T</t>
+  </si>
+  <si>
+    <t>Alekseev A</t>
+  </si>
+  <si>
+    <t>2025-11-26 15:55:24</t>
+  </si>
+  <si>
+    <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/13</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Comment</t>
+  </si>
+  <si>
+    <t>10.1073/pnas.2507582122</t>
+  </si>
+  <si>
+    <t>Toward elucidating the mechanism of cochlear stimulation by infrared light</t>
+  </si>
+  <si>
+    <t>Proceedings of the National Academy of Sciences of the United States of America</t>
+  </si>
+  <si>
+    <t>0027-8424</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1073/pnas.2507582122</t>
+  </si>
+  <si>
+    <t>Proc Natl Acad Sci U S A</t>
+  </si>
+  <si>
+    <t>Moser T, Roos L</t>
+  </si>
+  <si>
+    <t>2025-11-27 09:39:48</t>
+  </si>
+  <si>
+    <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/14</t>
+  </si>
+  <si>
+    <t>10.7150/thno.104474</t>
+  </si>
+  <si>
+    <t>Improved optogenetic modification of the spiral ganglion neurons for future optical cochlear implants</t>
+  </si>
+  <si>
+    <t>Theranostics</t>
+  </si>
+  <si>
+    <t>1838-7640</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.7150/thno.104474</t>
+  </si>
+  <si>
+    <t>4270-4286</t>
+  </si>
+  <si>
+    <t>Thirumalai A, Henseler J, Enayati M, Kusch K, Hessler R, Moser T, Huet AT</t>
+  </si>
+  <si>
+    <t>Thirumalai A</t>
+  </si>
+  <si>
+    <t>Huet AT</t>
+  </si>
+  <si>
+    <t>2025-11-27 13:28:46</t>
+  </si>
+  <si>
+    <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/15</t>
+  </si>
+  <si>
+    <t>10.1126/sciadv.adv1015</t>
+  </si>
+  <si>
+    <t>CryoRhodopsins: A comprehensive characterization of a group of microbial rhodopsins from cold environments</t>
+  </si>
+  <si>
+    <t>Science Advances</t>
+  </si>
+  <si>
+    <t>2375-2548</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1126/sciadv.adv1015</t>
+  </si>
+  <si>
+    <t>Sci Adv</t>
+  </si>
+  <si>
+    <t>Lamm GHU, Marin E, Alekseev A, Schellbach AV, Stetsenko A, Haro-Moreno JM, Bourenkov G, Borshchevskiy V, Asido M, Agthe M, Engilberge S, Rose SL, Caramello N, Royant A, Schneider TR, Bateman A, Mager T, Moser T, Rodriguez-Valera F, Wachtveitl J, Guskov A, Kovalev K</t>
+  </si>
+  <si>
+    <t>Lamm GHU</t>
+  </si>
+  <si>
+    <t>Kovalev K</t>
+  </si>
+  <si>
+    <t>2025-11-27 13:37:15</t>
+  </si>
+  <si>
+    <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/16</t>
+  </si>
+  <si>
+    <t>10.1038/s41587-025-02882-8</t>
+  </si>
+  <si>
+    <t>Nature Biotechnology</t>
+  </si>
+  <si>
+    <t>1087-0156</t>
+  </si>
+  <si>
+    <t>1546-1696</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41587-025-02882-8</t>
+  </si>
+  <si>
+    <t>Nat Biotechnol</t>
+  </si>
+  <si>
+    <t>Aakhte M, Müller GF, Roos L, Li J, Göpel T, Weiss KR, Diniz AM, Wenzel J, Schwaninger M, Moser T, Huisken J</t>
+  </si>
+  <si>
+    <t>2025-11-28 13:36:58</t>
+  </si>
+  <si>
+    <t>http://rdp.ekfz.uni-goettingen.de/literature/publication/17</t>
+  </si>
+  <si>
+    <t>rg_kusch, rg-mager, rg_moser</t>
+  </si>
+  <si>
+    <t>10.1038/s44321-025-00350-z</t>
+  </si>
+  <si>
+    <t>Channelrhodopsin variants for high-rate optogenetic neurostimulation at low light intensities</t>
+  </si>
+  <si>
+    <t>EMBO Molecular Medicine</t>
+  </si>
+  <si>
+    <t>1757-4676</t>
+  </si>
+  <si>
+    <t>1757-4684</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s44321-025-00350-z</t>
+  </si>
+  <si>
+    <t>EMBO Mol Med</t>
+  </si>
+  <si>
+    <t>Roos L, Garrido-Charles A, Albrecht N, Vavakou A, Alekseev A, Bleyer M, Thirumalai A, Mittring A, Alvanos T, Huet AT, Bamberg E, Kusch K, Wolf BJ, Moser T, Mager T</t>
+  </si>
+  <si>
+    <t>Mager T</t>
+  </si>
+  <si>
+    <t>2026-01-09 12:07:28</t>
+  </si>
+  <si>
     <t>GRO.data: https://doi.org/10.25625/TU53LS</t>
   </si>
   <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F148329=</t>
+  </si>
+  <si>
     <t>Generic External ID: https://www.nature.com/articles/s41598-025-89431-0.pdf</t>
   </si>
   <si>
     <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41598-025-89431-0/MediaObjects/41598_2025_89431_MOESM1_ESM.pdf</t>
   </si>
   <si>
     <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10047</t>
   </si>
   <si>
     <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090</t>
   </si>
   <si>
     <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9483</t>
   </si>
   <si>
     <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0001-7477-7152</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0002-6744-2335</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0003-0512-1381</t>
@@ -431,102 +743,735 @@
   <si>
     <t>ROR ID: https://ror.org/02550n020</t>
   </si>
   <si>
     <t>ROR ID: https://ror.org/02f99v835</t>
   </si>
   <si>
     <t>ROR ID: https://ror.org/03av75f26</t>
   </si>
   <si>
     <t>ROR ID: https://ror.org/05xy1nn52</t>
   </si>
   <si>
     <t>ROR ID: https://ror.org/01y9bpm73</t>
   </si>
   <si>
     <t>ROR ID: https://ror.org/021ft0n22</t>
   </si>
   <si>
     <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/582</t>
   </si>
   <si>
     <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_016255</t>
   </si>
   <si>
+    <t>Addgene: https://www.addgene.org/58867</t>
+  </si>
+  <si>
+    <t>Addgene: https://www.addgene.org/187444</t>
+  </si>
+  <si>
+    <t>EMBL.EMDB: https://www.ebi.ac.uk/pdbe/emdb/EMD-5592</t>
+  </si>
+  <si>
+    <t>EMBL.EMDB: https://www.ebi.ac.uk/pdbe/emdb/EMD-32922</t>
+  </si>
+  <si>
+    <t>GRO.instruments: https://instruments.goettingen-research-online.de/Landing/Resource?id=13579</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149984=</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/10.1101/2025.03.01.640558v1.full.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2025/03/03/2025.03.01.640558/DC1/embed/media-1.pdf?download=true</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://github.com/dtegunov/tom_deconv</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0004-2374-5803</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8874-8109</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-5938-1731</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0005-2015-8774</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0003-4337-7924</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-6562-7187</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5079-502X</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-2030-4787</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1667-7839</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-4448-4230</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-8366-7622</t>
+  </si>
+  <si>
+    <t>Published Data Registry (CRC 1286): https://sfb1286.uni-goettingen.de/literature/publications/362</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1180</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/581</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_007353</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_016732</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_002630</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_003297</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_001622</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_016499</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_008394</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F151211=</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/10.1101/2025.02.21.639411v1.full.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC1/embed/media-1.pdf?download=true</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC2/embed/media-2.mp4?download=true</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC3/embed/media-3.mp4?download=true</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC4/embed/media-4.mp4?download=true</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC5/embed/media-5.mp4?download=true</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-4685-5576</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0007-9720-3099</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0002-5372-8639</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-6313-2439</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-4510-9718</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-7250-3756</t>
+  </si>
+  <si>
+    <t>Published Data Registry (EKFZ): https://rdp.ekfz.uni-goettingen.de/literature/publication/16</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1173</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/031t5w623</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/05cb4rb43</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00t3r8h32</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/01y2jtd41</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/575</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_002285</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_007370</t>
+  </si>
+  <si>
+    <t>DOI - Digital Object Identifier: https://doi.org/10.12751/g-node.m4bvl9</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F145847=</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://journals.plos.org/ploscompbiol/article/file?id=10.1371/journal.pcbi.1012370&amp;type=printable</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://github.com/gollischlab/Super-Resolved_Tomographic_Reconstruction</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://github.com/cortex-lab/phy</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-2773-6785</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-3123-7054</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0005-0279-3387</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-8837-8555</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0002-1369-2600</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-0836-1663</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-3520-5394</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9469-5020</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-3998-533X</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1117</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/003g6b432</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/622</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/911</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_016422</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014955</t>
+  </si>
+  <si>
+    <t>DOI - Digital Object Identifier: https://doi.org/10.12751/g-node.ejk8kx</t>
+  </si>
+  <si>
     <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149989=</t>
   </si>
   <si>
+    <t>Generic External ID: https://www.nature.com/articles/s41586-024-08212-3.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://pirsquared.org/research/vhatdb/full/</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://github.com/dimokaramanlis/subunit_grid_model</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://github.com/dimokaramanlis/KiloSortMEA</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://goeseek.gwdguser.de/studies/218</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-024-08212-3/MediaObjects/41586_2024_8212_MOESM2_ESM.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-024-08212-3/MediaObjects/41586_2024_8212_MOESM1_ESM.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-024-08212-3/MediaObjects/41586_2024_8212_MOESM3_ESM.xlsx</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1089</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/647</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/552</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F151222=</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://arxiv.org/pdf/2506.03293v1</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://github.com/Nisone2000/DECEMber/</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9544</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-0885-3780</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0005-0276-1078</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-4305-6376</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-2392-5105</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1229</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/0087djs12</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00f54p054</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/642</t>
+  </si>
+  <si>
     <t>Generic External ID: https://iopscience.iop.org/article/10.1088/1741-2552/adf00f/pdf</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0002-4288-6917</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0003-3888-5636</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0009-0000-7904-5647</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0003-3795-9285</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0002-9154-4833</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0002-0636-1128</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0001-6887-5071</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0002-7358-003X</t>
   </si>
   <si>
     <t>Published Data Registry (CRC 1690): https://rdp.sfb1690.uni-goettingen.de/literature/publication/5</t>
   </si>
   <si>
     <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1278</t>
   </si>
   <si>
     <t>ROR ID: https://ror.org/05e41x347</t>
   </si>
   <si>
     <t>ROR ID: https://ror.org/0245cg223</t>
   </si>
   <si>
-    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_001622</t>
-[...1 lines deleted...]
-  <si>
     <t>Generic External ID: https://www.biorxiv.org/content/10.1101/2025.11.16.688700v1.full.pdf</t>
   </si>
   <si>
+    <t>Generic External ID: https://github.com/computational-cell-analytics/cochlea-net</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://computational-cell-analytics.github.io/cochlea-net/</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8040-9444</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-3639-3187</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0009-4340-1422</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-3624-0343</t>
+  </si>
+  <si>
     <t>Published Data Registry (CRC 1690): https://rdp.sfb1690.uni-goettingen.de/literature/publication/15</t>
   </si>
   <si>
     <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1280</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/641</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_018536</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_021716</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F148547=</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/nmo.70028?download=true</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111/nmo.70028&amp;file=nmo70028-sup-0001-VideoS1.mp4</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8020-9944</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-4160-5925</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-7952-9307</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-4587-4054</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-6930-9634</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1197</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/04kt7rq05</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/04dm1cm79</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/588</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_002798</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_003070</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_017551</t>
+  </si>
+  <si>
+    <t>GRO.data: https://doi.org/10.25625/AP5BRQ</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149532=</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://journals.plos.org/ploscompbiol/article/file?id=10.1371/journal.pcbi.1013031&amp;type=printable</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ndownloader.figstatic.com/institutions/plos/files_by_doi/10.1371/journal.pcbi.1013031</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://github.com/mhhennig/HS2</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=8296</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-1961-4611</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-7916-5681</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-2554-6419</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1218</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/621</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/0384j8v12</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/606</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1284</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.pnas.org/doi/epdf/10.1073/pnas.2507582122</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1285</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1286</t>
+  </si>
+  <si>
+    <t>EMBL.EMDB: https://www.ebi.ac.uk/pdbe/emdb/EMD-18795</t>
+  </si>
+  <si>
+    <t>EMBL.EMDB: https://www.ebi.ac.uk/pdbe/emdb/EMD-18796</t>
+  </si>
+  <si>
+    <t>EMBL.EMDB: https://www.ebi.ac.uk/pdbe/emdb/EMD-18797</t>
+  </si>
+  <si>
+    <t>EMBL.EMDB: https://www.ebi.ac.uk/pdbe/emdb/EMD-18798</t>
+  </si>
+  <si>
+    <t>EMBL.EMDB: https://www.ebi.ac.uk/pdbe/emdb/EMD-18799</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150036=</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.science.org/doi/pdf/10.1126/sciadv.adv1015?download=true</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.science.org/doi/suppl/10.1126/sciadv.adv1015/suppl_file/sciadv.adv1015_sm.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://github.com/ncara/TRicOS</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://goeseek.gwdguser.de/studies/254</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.science.org/doi/suppl/10.1126/sciadv.adv1015/suppl_file/sciadv.adv1015_data_s1.zip</t>
+  </si>
+  <si>
+    <t>NCBI.protein: https://www.ncbi.nlm.nih.gov/protein/WP_166787544</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0006-6743-2344</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-2369-1732</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8990-1662</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-3032-3794</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-2113-9269</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-2617-5920</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-4398-9712</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-3181-0236</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-2068-6201</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8680-6790</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-4824-4066</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-0025-0213</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1919-8649</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-6982-4660</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9571-7033</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9809-2059</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-8496-8240</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-2340-2216</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-2229-181X</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1287</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/827</t>
+  </si>
+  <si>
+    <t>RCSB PDB: https://www.rcsb.org/structure/8R96</t>
+  </si>
+  <si>
+    <t>RCSB PDB: https://www.rcsb.org/structure/8R97</t>
+  </si>
+  <si>
+    <t>RCSB PDB: https://www.rcsb.org/structure/8R98</t>
+  </si>
+  <si>
+    <t>RCSB PDB: https://www.rcsb.org/structure/8R0K</t>
+  </si>
+  <si>
+    <t>RCSB PDB: https://www.rcsb.org/structure/8R0L</t>
+  </si>
+  <si>
+    <t>RCSB PDB: https://www.rcsb.org/structure/8R0M</t>
+  </si>
+  <si>
+    <t>RCSB PDB: https://www.rcsb.org/structure/8R0N</t>
+  </si>
+  <si>
+    <t>RCSB PDB: https://www.rcsb.org/structure/8R0O</t>
+  </si>
+  <si>
+    <t>RCSB PDB: https://www.rcsb.org/structure/8R0P</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/03mstc592</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02nv7yv05</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/04cvxnb49</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/01azzms13</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02rx3b187</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00g30e956</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/012p63287</t>
+  </si>
+  <si>
+    <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/643</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_004426</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_005818</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/CVCL_0464</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_025454</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_007139</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014222</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_016501</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_016071</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_002760</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_006695</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_017254</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_018174</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_016429</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_004726</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014224</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_000305</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014225</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_015644</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_005493</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_004097</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_015872</t>
+  </si>
+  <si>
+    <t>Published Data Registry (EKFZ): https://rdp.ekfz.uni-goettingen.de/literature/publication/3</t>
+  </si>
+  <si>
+    <t>Published Data Registry (CRC 1286): https://sfb1286.uni-goettingen.de/literature/publications/417</t>
+  </si>
+  <si>
+    <t>Published Data Registry (CRC 1690): https://rdp.sfb1690.uni-goettingen.de/literature/publication/16</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1327</t>
   </si>
   <si>
     <t>External Resources</t>
   </si>
   <si>
     <t>Linked Mouselines</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -838,122 +1783,175 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/3" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/4" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/6" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/7" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/8" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25625/TU53LS" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41598-025-89431-0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41598-025-89431-0/MediaObjects/41598_2025_89431_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10047" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9483" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7477-7152" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6744-2335" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0512-1381" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5893-1981" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6418-4310" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9109-8765" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8868-8716" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4636-0813" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/363" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02550n020" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/582" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016255" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149989=" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iopscience.iop.org/article/10.1088/1741-2552/adf00f/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4288-6917" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3888-5636" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0512-1381" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7904-5647" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3795-9285" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9154-4833" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0636-1128" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6887-5071" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7358-003X" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb1690.uni-goettingen.de/literature/publication/5" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05e41x347" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0245cg223" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2025.11.16.688700v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb1690.uni-goettingen.de/literature/publication/15" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1280" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/3" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/4" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/6" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/7" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/8" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/10" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/11" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/12" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/13" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/14" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/15" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/16" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.ekfz.uni-goettingen.de/literature/publication/17" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25625/TU53LS" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F148329=" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41598-025-89431-0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41598-025-89431-0/MediaObjects/41598_2025_89431_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10047" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9483" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7477-7152" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6744-2335" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0512-1381" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5893-1981" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6418-4310" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9109-8765" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8868-8716" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4636-0813" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/363" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02550n020" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/582" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016255" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/58867" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/187444" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-5592" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-32922" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://instruments.goettingen-research-online.de/Landing/Resource?id=13579" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149984=" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2025.03.01.640558v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2025/03/03/2025.03.01.640558/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/dtegunov/tom_deconv" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-2374-5803" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8874-8109" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5938-1731" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-2015-8774" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-4337-7924" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-502X" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2030-4787" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1667-7839" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4448-4230" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8366-7622" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/362" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1180" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/581" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007353" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016732" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016499" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F151211=" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2025.02.21.639411v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC2/embed/media-2.mp4?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC3/embed/media-3.mp4?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC4/embed/media-4.mp4?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2025/02/21/2025.02.21.639411/DC5/embed/media-5.mp4?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4685-5576" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-9720-3099" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-5372-8639" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-2439" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4510-9718" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7250-3756" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.ekfz.uni-goettingen.de/literature/publication/16" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1173" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/031t5w623" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05cb4rb43" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00t3r8h32" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y2jtd41" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/575" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12751/g-node.m4bvl9" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F145847=" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.plos.org/ploscompbiol/article/file?id=10.1371/journal.pcbi.1012370&amp;type=printable" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/gollischlab/Super-Resolved_Tomographic_Reconstruction" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/cortex-lab/phy" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9483" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2773-6785" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3123-7054" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-0279-3387" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8837-8555" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-1369-2600" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0836-1663" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3520-5394" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9469-5020" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3998-533X" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1117" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/003g6b432" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/622" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/911" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016422" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014955" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12751/g-node.ejk8kx" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149989=" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41586-024-08212-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pirsquared.org/research/vhatdb/full/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/dimokaramanlis/subunit_grid_model" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/dimokaramanlis/KiloSortMEA" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/cortex-lab/phy" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/218" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-024-08212-3/MediaObjects/41586_2024_8212_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-024-08212-3/MediaObjects/41586_2024_8212_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-024-08212-3/MediaObjects/41586_2024_8212_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9483" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9469-5020" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3123-7054" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-0279-3387" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0836-1663" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3520-5394" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3998-533X" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/647" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/003g6b432" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/031t5w623" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/552" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016422" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F151222=" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/pdf/2506.03293v1" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Nisone2000/DECEMber/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9544" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9483" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0885-3780" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-0276-1078" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8837-8555" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3998-533X" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4305-6376" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2392-5105" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1229" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/003g6b432" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0087djs12" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f54p054" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/642" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iopscience.iop.org/article/10.1088/1741-2552/adf00f/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4288-6917" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3888-5636" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0512-1381" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7904-5647" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3795-9285" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9154-4833" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0636-1128" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6887-5071" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7358-003X" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb1690.uni-goettingen.de/literature/publication/5" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05e41x347" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0245cg223" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2025.11.16.688700v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/computational-cell-analytics/cochlea-net" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://computational-cell-analytics.github.io/cochlea-net/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10047" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-5372-8639" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8040-9444" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3639-3187" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-4340-1422" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3624-0343" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4685-5576" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-502X" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7250-3756" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb1690.uni-goettingen.de/literature/publication/15" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/641" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018536" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021716" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F148547=" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/nmo.70028?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111/nmo.70028&amp;file=nmo70028-sup-0001-VideoS1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-9944" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4160-5925" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7952-9307" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4587-4054" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6930-9634" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1197" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/031t5w623" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04kt7rq05" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04dm1cm79" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/588" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017551" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25625/AP5BRQ" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149532=" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.plos.org/ploscompbiol/article/file?id=10.1371/journal.pcbi.1013031&amp;type=printable" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/institutions/plos/files_by_doi/10.1371/journal.pcbi.1013031" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mhhennig/HS2" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=8296" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9483" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1961-4611" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7916-5681" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3123-7054" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-0279-3387" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3520-5394" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2554-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3998-533X" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1218" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/621" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/003g6b432" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/031t5w623" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0384j8v12" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/606" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014955" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1284" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/epdf/10.1073/pnas.2507582122" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1285" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1286" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-18795" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-18796" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-18797" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-18798" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-18799" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150036=" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/pdf/10.1126/sciadv.adv1015?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.adv1015/suppl_file/sciadv.adv1015_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/ncara/TRicOS" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/254" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.adv1015/suppl_file/sciadv.adv1015_data_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/protein/WP_166787544" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-6743-2344" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2369-1732" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8990-1662" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3032-3794" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2113-9269" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2617-5920" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4398-9712" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3181-0236" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2068-6201" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8680-6790" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4824-4066" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0025-0213" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1919-8649" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6982-4660" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9571-7033" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9809-2059" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8496-8240" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2340-2216" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2229-181X" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/827" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/8R96" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/8R97" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/8R98" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/8R0K" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/8R0L" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/8R0M" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/8R0N" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/8R0O" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/8R0P" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03mstc592" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02550n020" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02nv7yv05" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04cvxnb49" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01azzms13" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02rx3b187" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00g30e956" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/012p63287" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/643" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004426" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_005818" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0464" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_025454" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007139" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014222" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016501" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016071" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002760" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006695" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017254" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018174" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016429" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004726" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014224" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000305" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014225" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015644" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_005493" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004097" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015872" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.ekfz.uni-goettingen.de/literature/publication/3" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/417" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb1690.uni-goettingen.de/literature/publication/16" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1327" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BA9"/>
+  <dimension ref="A1:DB18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:BA1"/>
+      <selection activeCell="A1" sqref="A1:DB1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="69.554" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="80" customWidth="true" style="0"/>
-    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="80" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.987" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="80" customWidth="true" style="0"/>
     <col min="20" max="20" width="80" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="80" customWidth="true" style="0"/>
     <col min="25" max="25" width="80" customWidth="true" style="0"/>
     <col min="26" max="26" width="80" customWidth="true" style="0"/>
     <col min="27" max="27" width="80" customWidth="true" style="0"/>
     <col min="28" max="28" width="80" customWidth="true" style="0"/>
     <col min="29" max="29" width="80" customWidth="true" style="0"/>
     <col min="30" max="30" width="80" customWidth="true" style="0"/>
-    <col min="31" max="31" width="52.987" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="36" max="36" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="80" customWidth="true" style="0"/>
+    <col min="32" max="32" width="80" customWidth="true" style="0"/>
+    <col min="33" max="33" width="80" customWidth="true" style="0"/>
+    <col min="34" max="34" width="80" customWidth="true" style="0"/>
+    <col min="35" max="35" width="80" customWidth="true" style="0"/>
+    <col min="36" max="36" width="80" customWidth="true" style="0"/>
     <col min="37" max="37" width="80" customWidth="true" style="0"/>
     <col min="38" max="38" width="80" customWidth="true" style="0"/>
-    <col min="39" max="39" width="52.987" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="42" max="42" width="80" customWidth="true" style="0"/>
+    <col min="39" max="39" width="80" customWidth="true" style="0"/>
+    <col min="40" max="40" width="80" customWidth="true" style="0"/>
+    <col min="41" max="41" width="80" customWidth="true" style="0"/>
+    <col min="42" max="42" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="80" customWidth="true" style="0"/>
-    <col min="44" max="44" width="39.99" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="49" max="49" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="80" customWidth="true" style="0"/>
+    <col min="45" max="45" width="80" customWidth="true" style="0"/>
+    <col min="46" max="46" width="80" customWidth="true" style="0"/>
+    <col min="47" max="47" width="80" customWidth="true" style="0"/>
+    <col min="48" max="48" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="80" customWidth="true" style="0"/>
-    <col min="51" max="51" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="53" max="53" width="9.10" bestFit="true" style="0"/>
+    <col min="51" max="51" width="80" customWidth="true" style="0"/>
+    <col min="52" max="52" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="80" customWidth="true" style="0"/>
+    <col min="59" max="59" width="80" customWidth="true" style="0"/>
+    <col min="60" max="60" width="80" customWidth="true" style="0"/>
+    <col min="61" max="61" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="80" customWidth="true" style="0"/>
+    <col min="83" max="83" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="85" max="85" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="87" max="87" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="89" max="89" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="91" max="91" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="93" max="93" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="95" max="95" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="97" max="97" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="99" max="99" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="101" max="101" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="103" max="103" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:53">
+    <row r="1" spans="1:106">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
@@ -980,85 +1978,138 @@
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>157</v>
+        <v>472</v>
       </c>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
       <c r="AV1" s="1"/>
       <c r="AW1" s="1"/>
       <c r="AX1" s="1"/>
       <c r="AY1" s="1"/>
-      <c r="AZ1" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AZ1" s="1"/>
       <c r="BA1" s="1"/>
+      <c r="BB1" s="1"/>
+      <c r="BC1" s="1"/>
+      <c r="BD1" s="1"/>
+      <c r="BE1" s="1"/>
+      <c r="BF1" s="1"/>
+      <c r="BG1" s="1"/>
+      <c r="BH1" s="1"/>
+      <c r="BI1" s="1"/>
+      <c r="BJ1" s="1"/>
+      <c r="BK1" s="1"/>
+      <c r="BL1" s="1"/>
+      <c r="BM1" s="1"/>
+      <c r="BN1" s="1"/>
+      <c r="BO1" s="1"/>
+      <c r="BP1" s="1"/>
+      <c r="BQ1" s="1"/>
+      <c r="BR1" s="1"/>
+      <c r="BS1" s="1"/>
+      <c r="BT1" s="1"/>
+      <c r="BU1" s="1"/>
+      <c r="BV1" s="1"/>
+      <c r="BW1" s="1"/>
+      <c r="BX1" s="1"/>
+      <c r="BY1" s="1"/>
+      <c r="BZ1" s="1"/>
+      <c r="CA1" s="1"/>
+      <c r="CB1" s="1"/>
+      <c r="CC1" s="1"/>
+      <c r="CD1" s="1"/>
+      <c r="CE1" s="1"/>
+      <c r="CF1" s="1"/>
+      <c r="CG1" s="1"/>
+      <c r="CH1" s="1"/>
+      <c r="CI1" s="1"/>
+      <c r="CJ1" s="1"/>
+      <c r="CK1" s="1"/>
+      <c r="CL1" s="1"/>
+      <c r="CM1" s="1"/>
+      <c r="CN1" s="1"/>
+      <c r="CO1" s="1"/>
+      <c r="CP1" s="1"/>
+      <c r="CQ1" s="1"/>
+      <c r="CR1" s="1"/>
+      <c r="CS1" s="1"/>
+      <c r="CT1" s="1"/>
+      <c r="CU1" s="1"/>
+      <c r="CV1" s="1"/>
+      <c r="CW1" s="1"/>
+      <c r="CX1" s="1"/>
+      <c r="CY1" s="1"/>
+      <c r="CZ1" s="1"/>
+      <c r="DA1" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="DB1" s="1"/>
     </row>
-    <row r="2" spans="1:53">
+    <row r="2" spans="1:106">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>25</v>
       </c>
       <c r="E2" t="s">
         <v>26</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2">
         <v>40050327</v>
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
       <c r="I2">
         <v>2025</v>
       </c>
@@ -1079,135 +2130,138 @@
       </c>
       <c r="O2"/>
       <c r="P2">
         <v>1</v>
       </c>
       <c r="Q2">
         <v>15</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="s">
         <v>34</v>
       </c>
       <c r="V2" t="s">
         <v>35</v>
       </c>
       <c r="W2" t="s">
         <v>36</v>
       </c>
       <c r="X2" t="s">
-        <v>111</v>
+        <v>214</v>
       </c>
       <c r="Y2" t="s">
-        <v>112</v>
+        <v>215</v>
       </c>
       <c r="Z2" t="s">
-        <v>113</v>
+        <v>216</v>
       </c>
       <c r="AA2" t="s">
-        <v>114</v>
+        <v>217</v>
       </c>
       <c r="AB2" t="s">
-        <v>115</v>
+        <v>218</v>
       </c>
       <c r="AC2" t="s">
-        <v>116</v>
+        <v>219</v>
       </c>
       <c r="AD2" t="s">
-        <v>117</v>
+        <v>220</v>
       </c>
       <c r="AE2" t="s">
-        <v>118</v>
+        <v>221</v>
       </c>
       <c r="AF2" t="s">
-        <v>119</v>
+        <v>222</v>
       </c>
       <c r="AG2" t="s">
-        <v>120</v>
+        <v>223</v>
       </c>
       <c r="AH2" t="s">
-        <v>121</v>
+        <v>224</v>
       </c>
       <c r="AI2" t="s">
-        <v>122</v>
+        <v>225</v>
       </c>
       <c r="AJ2" t="s">
-        <v>123</v>
+        <v>226</v>
       </c>
       <c r="AK2" t="s">
-        <v>124</v>
+        <v>227</v>
       </c>
       <c r="AL2" t="s">
-        <v>125</v>
+        <v>228</v>
       </c>
       <c r="AM2" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
       <c r="AN2" t="s">
-        <v>127</v>
+        <v>230</v>
       </c>
       <c r="AO2" t="s">
-        <v>128</v>
+        <v>231</v>
       </c>
       <c r="AP2" t="s">
-        <v>129</v>
+        <v>232</v>
       </c>
       <c r="AQ2" t="s">
-        <v>130</v>
+        <v>233</v>
       </c>
       <c r="AR2" t="s">
-        <v>131</v>
+        <v>234</v>
       </c>
       <c r="AS2" t="s">
-        <v>132</v>
+        <v>235</v>
       </c>
       <c r="AT2" t="s">
-        <v>133</v>
+        <v>236</v>
       </c>
       <c r="AU2" t="s">
-        <v>134</v>
+        <v>237</v>
       </c>
       <c r="AV2" t="s">
-        <v>135</v>
+        <v>238</v>
       </c>
       <c r="AW2" t="s">
-        <v>136</v>
+        <v>239</v>
       </c>
       <c r="AX2" t="s">
-        <v>137</v>
+        <v>240</v>
       </c>
       <c r="AY2" t="s">
-        <v>138</v>
+        <v>241</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>242</v>
       </c>
     </row>
-    <row r="3" spans="1:53">
+    <row r="3" spans="1:106">
       <c r="A3" t="s">
         <v>37</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>39</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>40</v>
       </c>
       <c r="I3">
         <v>2025</v>
       </c>
       <c r="J3" t="s">
         <v>41</v>
@@ -1222,558 +2276,2363 @@
       <c r="N3" t="s">
         <v>44</v>
       </c>
       <c r="O3"/>
       <c r="P3"/>
       <c r="Q3"/>
       <c r="R3" t="s">
         <v>42</v>
       </c>
       <c r="S3" t="s">
         <v>45</v>
       </c>
       <c r="T3" t="s">
         <v>46</v>
       </c>
       <c r="U3" t="s">
         <v>47</v>
       </c>
       <c r="V3" t="s">
         <v>48</v>
       </c>
       <c r="W3" t="s">
         <v>49</v>
       </c>
       <c r="X3" t="s">
-        <v>139</v>
+        <v>243</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>244</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>245</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>246</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>247</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>248</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>249</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>250</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>251</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>221</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>252</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>253</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>254</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>255</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>256</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>257</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>258</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>259</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>260</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>261</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>262</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>263</v>
+      </c>
+      <c r="AT3" t="s">
+        <v>264</v>
+      </c>
+      <c r="AU3" t="s">
+        <v>238</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>240</v>
+      </c>
+      <c r="AW3" t="s">
+        <v>239</v>
+      </c>
+      <c r="AX3" t="s">
+        <v>265</v>
+      </c>
+      <c r="AY3" t="s">
+        <v>266</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>267</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>268</v>
+      </c>
+      <c r="BB3" t="s">
+        <v>269</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>270</v>
+      </c>
+      <c r="BD3" t="s">
+        <v>271</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>272</v>
       </c>
     </row>
-    <row r="4" spans="1:53">
+    <row r="4" spans="1:106">
       <c r="A4" t="s">
         <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>39</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I4">
         <v>2025</v>
       </c>
       <c r="J4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K4" t="s">
         <v>42</v>
       </c>
       <c r="L4" t="s">
         <v>43</v>
       </c>
       <c r="M4"/>
       <c r="N4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4" t="s">
         <v>42</v>
       </c>
       <c r="S4" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="T4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="U4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="V4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="W4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="X4" t="s">
-        <v>140</v>
+        <v>273</v>
       </c>
       <c r="Y4" t="s">
-        <v>117</v>
+        <v>274</v>
       </c>
       <c r="Z4" t="s">
-        <v>141</v>
+        <v>275</v>
       </c>
       <c r="AA4" t="s">
-        <v>142</v>
+        <v>276</v>
       </c>
       <c r="AB4" t="s">
-        <v>120</v>
+        <v>277</v>
       </c>
       <c r="AC4" t="s">
-        <v>143</v>
+        <v>278</v>
       </c>
       <c r="AD4" t="s">
-        <v>144</v>
+        <v>279</v>
       </c>
       <c r="AE4" t="s">
-        <v>145</v>
+        <v>219</v>
       </c>
       <c r="AF4" t="s">
-        <v>121</v>
+        <v>280</v>
       </c>
       <c r="AG4" t="s">
-        <v>146</v>
+        <v>281</v>
       </c>
       <c r="AH4" t="s">
-        <v>147</v>
+        <v>225</v>
       </c>
       <c r="AI4" t="s">
-        <v>148</v>
+        <v>282</v>
       </c>
       <c r="AJ4" t="s">
-        <v>127</v>
+        <v>283</v>
       </c>
       <c r="AK4" t="s">
-        <v>149</v>
+        <v>284</v>
       </c>
       <c r="AL4" t="s">
-        <v>150</v>
+        <v>231</v>
       </c>
       <c r="AM4" t="s">
-        <v>132</v>
+        <v>285</v>
       </c>
       <c r="AN4" t="s">
-        <v>133</v>
+        <v>286</v>
       </c>
       <c r="AO4" t="s">
-        <v>151</v>
+        <v>287</v>
       </c>
       <c r="AP4" t="s">
-        <v>134</v>
+        <v>288</v>
       </c>
       <c r="AQ4" t="s">
-        <v>136</v>
+        <v>237</v>
       </c>
       <c r="AR4" t="s">
-        <v>152</v>
+        <v>289</v>
       </c>
       <c r="AS4" t="s">
-        <v>153</v>
+        <v>238</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>240</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>239</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>290</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>291</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>292</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>293</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>294</v>
       </c>
     </row>
-    <row r="5" spans="1:53">
+    <row r="5" spans="1:106">
       <c r="A5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>25</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="L5" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="M5"/>
+        <v>65</v>
+      </c>
+      <c r="M5" t="s">
+        <v>66</v>
+      </c>
       <c r="N5" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="O5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P5">
         <v>9</v>
       </c>
       <c r="Q5">
         <v>20</v>
       </c>
       <c r="R5" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="S5"/>
       <c r="T5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="U5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="V5" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="W5" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="X5" t="s">
-        <v>154</v>
+        <v>295</v>
       </c>
       <c r="Y5" t="s">
-        <v>155</v>
+        <v>296</v>
       </c>
       <c r="Z5" t="s">
-        <v>156</v>
+        <v>297</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>298</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>299</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>220</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>300</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>301</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>302</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>303</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>304</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>305</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>306</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>307</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>308</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>309</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>310</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>238</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>240</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>311</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>312</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>268</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>313</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>314</v>
       </c>
     </row>
-    <row r="6" spans="1:53">
+    <row r="6" spans="1:106">
       <c r="A6" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="L6" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="M6"/>
+        <v>78</v>
+      </c>
+      <c r="M6" t="s">
+        <v>79</v>
+      </c>
       <c r="N6" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="O6" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="P6">
         <v>8045</v>
       </c>
       <c r="Q6">
         <v>637</v>
       </c>
       <c r="R6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="S6"/>
       <c r="T6" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="U6" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="V6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="W6" t="s">
-        <v>80</v>
+        <v>84</v>
+      </c>
+      <c r="X6" t="s">
+        <v>315</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>316</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>317</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>318</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>319</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>320</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>299</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>321</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>322</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>323</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>324</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>219</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>220</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>307</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>301</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>302</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>305</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>306</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>308</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>325</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>326</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>310</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>288</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>236</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>238</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>240</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>327</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>268</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>313</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>270</v>
       </c>
     </row>
-    <row r="7" spans="1:53">
+    <row r="7" spans="1:106">
       <c r="A7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="K7"/>
+        <v>87</v>
+      </c>
+      <c r="K7" t="s">
+        <v>88</v>
+      </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="N7" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
-      <c r="R7"/>
-      <c r="S7"/>
+      <c r="R7" t="s">
+        <v>88</v>
+      </c>
+      <c r="S7" t="s">
+        <v>45</v>
+      </c>
       <c r="T7" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="U7" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="V7" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="W7" t="s">
-        <v>89</v>
+        <v>94</v>
+      </c>
+      <c r="X7" t="s">
+        <v>328</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>329</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>330</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>331</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>220</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>332</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>333</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>303</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>308</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>334</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>335</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>336</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>310</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>337</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>238</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>338</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>240</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>239</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>339</v>
       </c>
     </row>
-    <row r="8" spans="1:53">
+    <row r="8" spans="1:106">
       <c r="A8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8">
         <v>40664220</v>
       </c>
       <c r="H8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="K8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="L8" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="M8"/>
+        <v>99</v>
+      </c>
+      <c r="M8" t="s">
+        <v>100</v>
+      </c>
       <c r="N8" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="O8" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>22</v>
       </c>
       <c r="R8" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="S8"/>
       <c r="T8" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="U8" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="V8" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="W8" t="s">
-        <v>101</v>
+        <v>107</v>
+      </c>
+      <c r="X8" t="s">
+        <v>340</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>221</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>341</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>342</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>224</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>343</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>344</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>345</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>225</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>346</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>347</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>348</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>231</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>349</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>350</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>236</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>237</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>351</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>238</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>240</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>352</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>270</v>
       </c>
     </row>
-    <row r="9" spans="1:53">
+    <row r="9" spans="1:106">
       <c r="A9" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B9" t="s">
-        <v>103</v>
+        <v>51</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="I9">
         <v>2025</v>
       </c>
       <c r="J9" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="K9" t="s">
         <v>42</v>
       </c>
       <c r="L9" t="s">
         <v>43</v>
       </c>
       <c r="M9"/>
       <c r="N9" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9" t="s">
         <v>42</v>
       </c>
       <c r="S9" t="s">
         <v>45</v>
       </c>
       <c r="T9" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="U9" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="V9" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="W9" t="s">
-        <v>110</v>
+        <v>115</v>
+      </c>
+      <c r="X9" t="s">
+        <v>353</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>354</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>355</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>218</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>257</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>225</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>282</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>356</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>357</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>358</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>359</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>280</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>258</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>285</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>231</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>360</v>
+      </c>
+      <c r="AO9" t="s">
+        <v>361</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>236</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>237</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>238</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>240</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>239</v>
+      </c>
+      <c r="AU9" t="s">
+        <v>362</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AW9" t="s">
+        <v>363</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>272</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="10" spans="1:106">
+      <c r="A10" t="s">
+        <v>116</v>
+      </c>
+      <c r="B10" t="s">
+        <v>117</v>
+      </c>
+      <c r="C10"/>
+      <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10">
+        <v>1</v>
+      </c>
+      <c r="G10">
+        <v>40159839</v>
+      </c>
+      <c r="H10" t="s">
+        <v>118</v>
+      </c>
+      <c r="I10">
+        <v>2025</v>
+      </c>
+      <c r="J10" t="s">
+        <v>119</v>
+      </c>
+      <c r="K10" t="s">
+        <v>120</v>
+      </c>
+      <c r="L10" t="s">
+        <v>121</v>
+      </c>
+      <c r="M10" t="s">
+        <v>122</v>
+      </c>
+      <c r="N10" t="s">
+        <v>123</v>
+      </c>
+      <c r="O10"/>
+      <c r="P10">
+        <v>6</v>
+      </c>
+      <c r="Q10">
+        <v>37</v>
+      </c>
+      <c r="R10" t="s">
+        <v>124</v>
+      </c>
+      <c r="S10"/>
+      <c r="T10" t="s">
+        <v>125</v>
+      </c>
+      <c r="U10" t="s">
+        <v>126</v>
+      </c>
+      <c r="V10" t="s">
+        <v>127</v>
+      </c>
+      <c r="W10" t="s">
+        <v>128</v>
+      </c>
+      <c r="X10" t="s">
+        <v>365</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>366</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>367</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>368</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>369</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>370</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>371</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>372</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>373</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>288</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>374</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>238</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>240</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>375</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>376</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>377</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>378</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="11" spans="1:106">
+      <c r="A11" t="s">
+        <v>129</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11"/>
+      <c r="D11" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F11">
+        <v>1</v>
+      </c>
+      <c r="G11">
+        <v>40315420</v>
+      </c>
+      <c r="H11" t="s">
+        <v>130</v>
+      </c>
+      <c r="I11">
+        <v>2025</v>
+      </c>
+      <c r="J11" t="s">
+        <v>131</v>
+      </c>
+      <c r="K11" t="s">
+        <v>69</v>
+      </c>
+      <c r="L11" t="s">
+        <v>66</v>
+      </c>
+      <c r="M11" t="s">
+        <v>66</v>
+      </c>
+      <c r="N11" t="s">
+        <v>132</v>
+      </c>
+      <c r="O11" t="s">
+        <v>133</v>
+      </c>
+      <c r="P11">
+        <v>5</v>
+      </c>
+      <c r="Q11">
+        <v>21</v>
+      </c>
+      <c r="R11" t="s">
+        <v>69</v>
+      </c>
+      <c r="S11"/>
+      <c r="T11" t="s">
+        <v>134</v>
+      </c>
+      <c r="U11" t="s">
+        <v>135</v>
+      </c>
+      <c r="V11" t="s">
+        <v>72</v>
+      </c>
+      <c r="W11" t="s">
+        <v>136</v>
+      </c>
+      <c r="X11" t="s">
+        <v>380</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>381</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>382</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>383</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>384</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>385</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>219</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>220</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>386</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>387</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>301</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>302</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>306</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>388</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>308</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>389</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>390</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>310</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>288</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>238</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>240</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>239</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>391</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>392</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>268</v>
+      </c>
+      <c r="AW11" t="s">
+        <v>270</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="12" spans="1:106">
+      <c r="A12" t="s">
+        <v>137</v>
+      </c>
+      <c r="B12" t="s">
+        <v>138</v>
+      </c>
+      <c r="C12"/>
+      <c r="D12" t="s">
+        <v>25</v>
+      </c>
+      <c r="E12" t="s">
+        <v>26</v>
+      </c>
+      <c r="F12">
+        <v>1</v>
+      </c>
+      <c r="G12">
+        <v>40934318</v>
+      </c>
+      <c r="H12" t="s">
+        <v>139</v>
+      </c>
+      <c r="I12">
+        <v>2025</v>
+      </c>
+      <c r="J12" t="s">
+        <v>140</v>
+      </c>
+      <c r="K12" t="s">
+        <v>141</v>
+      </c>
+      <c r="L12" t="s">
+        <v>142</v>
+      </c>
+      <c r="M12" t="s">
+        <v>143</v>
+      </c>
+      <c r="N12" t="s">
+        <v>144</v>
+      </c>
+      <c r="O12"/>
+      <c r="P12">
+        <v>6765</v>
+      </c>
+      <c r="Q12">
+        <v>389</v>
+      </c>
+      <c r="R12" t="s">
+        <v>141</v>
+      </c>
+      <c r="S12"/>
+      <c r="T12" t="s">
+        <v>145</v>
+      </c>
+      <c r="U12" t="s">
+        <v>146</v>
+      </c>
+      <c r="V12" t="s">
+        <v>147</v>
+      </c>
+      <c r="W12" t="s">
+        <v>148</v>
+      </c>
+      <c r="X12" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="13" spans="1:106">
+      <c r="A13" t="s">
+        <v>149</v>
+      </c>
+      <c r="B13" t="s">
+        <v>150</v>
+      </c>
+      <c r="C13"/>
+      <c r="D13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" t="s">
+        <v>26</v>
+      </c>
+      <c r="F13">
+        <v>1</v>
+      </c>
+      <c r="G13">
+        <v>40721511</v>
+      </c>
+      <c r="H13" t="s">
+        <v>151</v>
+      </c>
+      <c r="I13">
+        <v>2025</v>
+      </c>
+      <c r="J13" t="s">
+        <v>152</v>
+      </c>
+      <c r="K13" t="s">
+        <v>153</v>
+      </c>
+      <c r="L13" t="s">
+        <v>154</v>
+      </c>
+      <c r="M13" t="s">
+        <v>154</v>
+      </c>
+      <c r="N13" t="s">
+        <v>155</v>
+      </c>
+      <c r="O13"/>
+      <c r="P13"/>
+      <c r="Q13"/>
+      <c r="R13" t="s">
+        <v>156</v>
+      </c>
+      <c r="S13"/>
+      <c r="T13" t="s">
+        <v>157</v>
+      </c>
+      <c r="U13" t="s">
+        <v>158</v>
+      </c>
+      <c r="V13" t="s">
+        <v>106</v>
+      </c>
+      <c r="W13" t="s">
+        <v>159</v>
+      </c>
+      <c r="X13" t="s">
+        <v>394</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>231</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>225</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>395</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>237</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>238</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="14" spans="1:106">
+      <c r="A14" t="s">
+        <v>160</v>
+      </c>
+      <c r="B14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14"/>
+      <c r="D14" t="s">
+        <v>161</v>
+      </c>
+      <c r="E14" t="s">
+        <v>162</v>
+      </c>
+      <c r="F14">
+        <v>2</v>
+      </c>
+      <c r="G14">
+        <v>40424135</v>
+      </c>
+      <c r="H14" t="s">
+        <v>163</v>
+      </c>
+      <c r="I14">
+        <v>2025</v>
+      </c>
+      <c r="J14" t="s">
+        <v>164</v>
+      </c>
+      <c r="K14" t="s">
+        <v>165</v>
+      </c>
+      <c r="L14" t="s">
+        <v>166</v>
+      </c>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>167</v>
+      </c>
+      <c r="O14"/>
+      <c r="P14">
+        <v>22</v>
+      </c>
+      <c r="Q14">
+        <v>122</v>
+      </c>
+      <c r="R14" t="s">
+        <v>168</v>
+      </c>
+      <c r="S14"/>
+      <c r="T14" t="s">
+        <v>169</v>
+      </c>
+      <c r="U14" t="s">
+        <v>106</v>
+      </c>
+      <c r="V14" t="s">
+        <v>113</v>
+      </c>
+      <c r="W14" t="s">
+        <v>170</v>
+      </c>
+      <c r="X14" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="15" spans="1:106">
+      <c r="A15" t="s">
+        <v>171</v>
+      </c>
+      <c r="B15" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15"/>
+      <c r="D15" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" t="s">
+        <v>26</v>
+      </c>
+      <c r="F15">
+        <v>1</v>
+      </c>
+      <c r="G15">
+        <v>40225583</v>
+      </c>
+      <c r="H15" t="s">
+        <v>172</v>
+      </c>
+      <c r="I15">
+        <v>2025</v>
+      </c>
+      <c r="J15" t="s">
+        <v>173</v>
+      </c>
+      <c r="K15" t="s">
+        <v>174</v>
+      </c>
+      <c r="L15" t="s">
+        <v>175</v>
+      </c>
+      <c r="M15" t="s">
+        <v>175</v>
+      </c>
+      <c r="N15" t="s">
+        <v>176</v>
+      </c>
+      <c r="O15" t="s">
+        <v>177</v>
+      </c>
+      <c r="P15">
+        <v>10</v>
+      </c>
+      <c r="Q15">
+        <v>15</v>
+      </c>
+      <c r="R15" t="s">
+        <v>174</v>
+      </c>
+      <c r="S15"/>
+      <c r="T15" t="s">
+        <v>178</v>
+      </c>
+      <c r="U15" t="s">
+        <v>179</v>
+      </c>
+      <c r="V15" t="s">
+        <v>180</v>
+      </c>
+      <c r="W15" t="s">
+        <v>181</v>
+      </c>
+      <c r="X15" t="s">
+        <v>397</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>398</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>399</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>400</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>401</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>402</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>403</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>404</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>405</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>406</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>407</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>408</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>219</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>221</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>409</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>410</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>411</v>
+      </c>
+      <c r="AO15" t="s">
+        <v>412</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>413</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>414</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>415</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>416</v>
+      </c>
+      <c r="AT15" t="s">
+        <v>417</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>418</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>419</v>
+      </c>
+      <c r="AW15" t="s">
+        <v>420</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>421</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>422</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>423</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>231</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>426</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>427</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>428</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>428</v>
+      </c>
+      <c r="BH15" t="s">
+        <v>429</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>430</v>
+      </c>
+      <c r="BJ15" t="s">
+        <v>431</v>
+      </c>
+      <c r="BK15" t="s">
+        <v>432</v>
+      </c>
+      <c r="BL15" t="s">
+        <v>433</v>
+      </c>
+      <c r="BM15" t="s">
+        <v>434</v>
+      </c>
+      <c r="BN15" t="s">
+        <v>435</v>
+      </c>
+      <c r="BO15" t="s">
+        <v>436</v>
+      </c>
+      <c r="BP15" t="s">
+        <v>437</v>
+      </c>
+      <c r="BQ15" t="s">
+        <v>438</v>
+      </c>
+      <c r="BR15" t="s">
+        <v>439</v>
+      </c>
+      <c r="BS15" t="s">
+        <v>235</v>
+      </c>
+      <c r="BT15" t="s">
+        <v>440</v>
+      </c>
+      <c r="BU15" t="s">
+        <v>236</v>
+      </c>
+      <c r="BV15" t="s">
+        <v>441</v>
+      </c>
+      <c r="BW15" t="s">
+        <v>237</v>
+      </c>
+      <c r="BX15" t="s">
+        <v>238</v>
+      </c>
+      <c r="BY15" t="s">
+        <v>442</v>
+      </c>
+      <c r="BZ15" t="s">
+        <v>443</v>
+      </c>
+      <c r="CA15" t="s">
+        <v>444</v>
+      </c>
+      <c r="CB15" t="s">
+        <v>240</v>
+      </c>
+      <c r="CC15" t="s">
+        <v>445</v>
+      </c>
+      <c r="CD15" t="s">
+        <v>446</v>
+      </c>
+      <c r="CE15" t="s">
+        <v>447</v>
+      </c>
+      <c r="CF15" t="s">
+        <v>448</v>
+      </c>
+      <c r="CG15" t="s">
+        <v>449</v>
+      </c>
+      <c r="CH15" t="s">
+        <v>450</v>
+      </c>
+      <c r="CI15" t="s">
+        <v>451</v>
+      </c>
+      <c r="CJ15" t="s">
+        <v>452</v>
+      </c>
+      <c r="CK15" t="s">
+        <v>453</v>
+      </c>
+      <c r="CL15" t="s">
+        <v>454</v>
+      </c>
+      <c r="CM15" t="s">
+        <v>455</v>
+      </c>
+      <c r="CN15" t="s">
+        <v>456</v>
+      </c>
+      <c r="CO15" t="s">
+        <v>457</v>
+      </c>
+      <c r="CP15" t="s">
+        <v>458</v>
+      </c>
+      <c r="CQ15" t="s">
+        <v>459</v>
+      </c>
+      <c r="CR15" t="s">
+        <v>460</v>
+      </c>
+      <c r="CS15" t="s">
+        <v>461</v>
+      </c>
+      <c r="CT15" t="s">
+        <v>462</v>
+      </c>
+      <c r="CU15" t="s">
+        <v>272</v>
+      </c>
+      <c r="CV15" t="s">
+        <v>463</v>
+      </c>
+      <c r="CW15" t="s">
+        <v>464</v>
+      </c>
+      <c r="CX15" t="s">
+        <v>465</v>
+      </c>
+      <c r="CY15" t="s">
+        <v>466</v>
+      </c>
+      <c r="CZ15" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="16" spans="1:106">
+      <c r="A16" t="s">
+        <v>182</v>
+      </c>
+      <c r="B16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16"/>
+      <c r="D16" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" t="s">
+        <v>26</v>
+      </c>
+      <c r="F16">
+        <v>1</v>
+      </c>
+      <c r="G16">
+        <v>40614199</v>
+      </c>
+      <c r="H16" t="s">
+        <v>183</v>
+      </c>
+      <c r="I16">
+        <v>2025</v>
+      </c>
+      <c r="J16" t="s">
+        <v>184</v>
+      </c>
+      <c r="K16" t="s">
+        <v>185</v>
+      </c>
+      <c r="L16" t="s">
+        <v>186</v>
+      </c>
+      <c r="M16" t="s">
+        <v>186</v>
+      </c>
+      <c r="N16" t="s">
+        <v>187</v>
+      </c>
+      <c r="O16"/>
+      <c r="P16">
+        <v>27</v>
+      </c>
+      <c r="Q16">
+        <v>11</v>
+      </c>
+      <c r="R16" t="s">
+        <v>188</v>
+      </c>
+      <c r="S16"/>
+      <c r="T16" t="s">
+        <v>189</v>
+      </c>
+      <c r="U16" t="s">
+        <v>190</v>
+      </c>
+      <c r="V16" t="s">
+        <v>191</v>
+      </c>
+      <c r="W16" t="s">
+        <v>192</v>
+      </c>
+      <c r="X16" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="17" spans="1:106">
+      <c r="A17" t="s">
+        <v>193</v>
+      </c>
+      <c r="B17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17"/>
+      <c r="D17" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" t="s">
+        <v>26</v>
+      </c>
+      <c r="F17">
+        <v>1</v>
+      </c>
+      <c r="G17">
+        <v>41233584</v>
+      </c>
+      <c r="H17" t="s">
+        <v>194</v>
+      </c>
+      <c r="I17">
+        <v>2025</v>
+      </c>
+      <c r="J17" t="s">
+        <v>53</v>
+      </c>
+      <c r="K17" t="s">
+        <v>195</v>
+      </c>
+      <c r="L17" t="s">
+        <v>196</v>
+      </c>
+      <c r="M17" t="s">
+        <v>197</v>
+      </c>
+      <c r="N17" t="s">
+        <v>198</v>
+      </c>
+      <c r="O17"/>
+      <c r="P17"/>
+      <c r="Q17"/>
+      <c r="R17" t="s">
+        <v>199</v>
+      </c>
+      <c r="S17"/>
+      <c r="T17" t="s">
+        <v>200</v>
+      </c>
+      <c r="U17" t="s">
+        <v>57</v>
+      </c>
+      <c r="V17" t="s">
+        <v>58</v>
+      </c>
+      <c r="W17" t="s">
+        <v>201</v>
+      </c>
+      <c r="X17" t="s">
+        <v>469</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>470</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="18" spans="1:106">
+      <c r="A18" t="s">
+        <v>202</v>
+      </c>
+      <c r="B18" t="s">
+        <v>203</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F18">
+        <v>1</v>
+      </c>
+      <c r="G18">
+        <v>41366521</v>
+      </c>
+      <c r="H18" t="s">
+        <v>204</v>
+      </c>
+      <c r="I18">
+        <v>2025</v>
+      </c>
+      <c r="J18" t="s">
+        <v>205</v>
+      </c>
+      <c r="K18" t="s">
+        <v>206</v>
+      </c>
+      <c r="L18" t="s">
+        <v>207</v>
+      </c>
+      <c r="M18" t="s">
+        <v>208</v>
+      </c>
+      <c r="N18" t="s">
+        <v>209</v>
+      </c>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18" t="s">
+        <v>210</v>
+      </c>
+      <c r="S18"/>
+      <c r="T18" t="s">
+        <v>211</v>
+      </c>
+      <c r="U18" t="s">
+        <v>113</v>
+      </c>
+      <c r="V18" t="s">
+        <v>212</v>
+      </c>
+      <c r="W18" t="s">
+        <v>213</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="X1:AY1"/>
-    <mergeCell ref="AZ1:AZ1"/>
+    <mergeCell ref="X1:CZ1"/>
+    <mergeCell ref="DA1:DA1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_8"/>
-    <hyperlink ref="X2" r:id="rId_hyperlink_9"/>
-[...52 lines deleted...]
-    <hyperlink ref="Z5" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="A10" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="A11" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A12" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="A13" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="A14" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="A15" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="A16" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="A17" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="A18" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="X2" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="Y2" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="Z2" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="AA2" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="AB2" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="AC2" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="AD2" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="AE2" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="AF2" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="AG2" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="AH2" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="AI2" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="AJ2" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="AK2" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="AL2" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="AM2" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="AN2" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="AO2" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="AP2" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="AQ2" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="AR2" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="AS2" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="AT2" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="AU2" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="AV2" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="AW2" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="AX2" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="AY2" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="AZ2" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="X3" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="Y3" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="Z3" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="AA3" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="AB3" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="AC3" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="AD3" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="AE3" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="AF3" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="AG3" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="AH3" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="AI3" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="AJ3" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="AK3" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="AL3" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="AM3" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="AN3" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="AO3" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="AP3" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="AQ3" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="AR3" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="AS3" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="AT3" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="AU3" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="AV3" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="AW3" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="AX3" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="AY3" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="AZ3" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="BA3" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="BB3" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="BC3" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="BD3" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="BE3" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="X4" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="Y4" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="Z4" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="AA4" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="AB4" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="AC4" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="AD4" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="AE4" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="AF4" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="AG4" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="AH4" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="AI4" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="AJ4" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="AK4" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="AL4" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="AM4" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="AN4" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="AO4" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="AP4" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="AQ4" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="AR4" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="AS4" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="AT4" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="AU4" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="AV4" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="AW4" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="AX4" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="AY4" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="AZ4" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="X5" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="Y5" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="Z5" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="AA5" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="AB5" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="AC5" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="AD5" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="AE5" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="AF5" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="AG5" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="AH5" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="AI5" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="AJ5" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="AK5" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="AL5" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="AM5" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="AN5" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="AO5" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="AP5" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="AQ5" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="AR5" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="AS5" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="AT5" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="AU5" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="AV5" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="X6" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="Y6" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="Z6" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="AA6" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="AB6" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="AC6" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="AD6" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="AE6" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="AF6" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="AG6" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="AH6" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="AI6" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="AJ6" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="AK6" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="AL6" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="AM6" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="AN6" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="AO6" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="AP6" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="AQ6" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="AR6" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="AS6" r:id="rId_hyperlink_156"/>
+    <hyperlink ref="AT6" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="AU6" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="AV6" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="AW6" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="AX6" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="AY6" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="AZ6" r:id="rId_hyperlink_163"/>
+    <hyperlink ref="BA6" r:id="rId_hyperlink_164"/>
+    <hyperlink ref="X7" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="Y7" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="Z7" r:id="rId_hyperlink_167"/>
+    <hyperlink ref="AA7" r:id="rId_hyperlink_168"/>
+    <hyperlink ref="AB7" r:id="rId_hyperlink_169"/>
+    <hyperlink ref="AC7" r:id="rId_hyperlink_170"/>
+    <hyperlink ref="AD7" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="AE7" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="AF7" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="AG7" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="AH7" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="AI7" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="AJ7" r:id="rId_hyperlink_177"/>
+    <hyperlink ref="AK7" r:id="rId_hyperlink_178"/>
+    <hyperlink ref="AL7" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="AM7" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="AN7" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="AO7" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="AP7" r:id="rId_hyperlink_183"/>
+    <hyperlink ref="AQ7" r:id="rId_hyperlink_184"/>
+    <hyperlink ref="X8" r:id="rId_hyperlink_185"/>
+    <hyperlink ref="Y8" r:id="rId_hyperlink_186"/>
+    <hyperlink ref="Z8" r:id="rId_hyperlink_187"/>
+    <hyperlink ref="AA8" r:id="rId_hyperlink_188"/>
+    <hyperlink ref="AB8" r:id="rId_hyperlink_189"/>
+    <hyperlink ref="AC8" r:id="rId_hyperlink_190"/>
+    <hyperlink ref="AD8" r:id="rId_hyperlink_191"/>
+    <hyperlink ref="AE8" r:id="rId_hyperlink_192"/>
+    <hyperlink ref="AF8" r:id="rId_hyperlink_193"/>
+    <hyperlink ref="AG8" r:id="rId_hyperlink_194"/>
+    <hyperlink ref="AH8" r:id="rId_hyperlink_195"/>
+    <hyperlink ref="AI8" r:id="rId_hyperlink_196"/>
+    <hyperlink ref="AJ8" r:id="rId_hyperlink_197"/>
+    <hyperlink ref="AK8" r:id="rId_hyperlink_198"/>
+    <hyperlink ref="AL8" r:id="rId_hyperlink_199"/>
+    <hyperlink ref="AM8" r:id="rId_hyperlink_200"/>
+    <hyperlink ref="AN8" r:id="rId_hyperlink_201"/>
+    <hyperlink ref="AO8" r:id="rId_hyperlink_202"/>
+    <hyperlink ref="AP8" r:id="rId_hyperlink_203"/>
+    <hyperlink ref="AQ8" r:id="rId_hyperlink_204"/>
+    <hyperlink ref="AR8" r:id="rId_hyperlink_205"/>
+    <hyperlink ref="AS8" r:id="rId_hyperlink_206"/>
+    <hyperlink ref="X9" r:id="rId_hyperlink_207"/>
+    <hyperlink ref="Y9" r:id="rId_hyperlink_208"/>
+    <hyperlink ref="Z9" r:id="rId_hyperlink_209"/>
+    <hyperlink ref="AA9" r:id="rId_hyperlink_210"/>
+    <hyperlink ref="AB9" r:id="rId_hyperlink_211"/>
+    <hyperlink ref="AC9" r:id="rId_hyperlink_212"/>
+    <hyperlink ref="AD9" r:id="rId_hyperlink_213"/>
+    <hyperlink ref="AE9" r:id="rId_hyperlink_214"/>
+    <hyperlink ref="AF9" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="AG9" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="AH9" r:id="rId_hyperlink_217"/>
+    <hyperlink ref="AI9" r:id="rId_hyperlink_218"/>
+    <hyperlink ref="AJ9" r:id="rId_hyperlink_219"/>
+    <hyperlink ref="AK9" r:id="rId_hyperlink_220"/>
+    <hyperlink ref="AL9" r:id="rId_hyperlink_221"/>
+    <hyperlink ref="AM9" r:id="rId_hyperlink_222"/>
+    <hyperlink ref="AN9" r:id="rId_hyperlink_223"/>
+    <hyperlink ref="AO9" r:id="rId_hyperlink_224"/>
+    <hyperlink ref="AP9" r:id="rId_hyperlink_225"/>
+    <hyperlink ref="AQ9" r:id="rId_hyperlink_226"/>
+    <hyperlink ref="AR9" r:id="rId_hyperlink_227"/>
+    <hyperlink ref="AS9" r:id="rId_hyperlink_228"/>
+    <hyperlink ref="AT9" r:id="rId_hyperlink_229"/>
+    <hyperlink ref="AU9" r:id="rId_hyperlink_230"/>
+    <hyperlink ref="AV9" r:id="rId_hyperlink_231"/>
+    <hyperlink ref="AW9" r:id="rId_hyperlink_232"/>
+    <hyperlink ref="AX9" r:id="rId_hyperlink_233"/>
+    <hyperlink ref="AY9" r:id="rId_hyperlink_234"/>
+    <hyperlink ref="X10" r:id="rId_hyperlink_235"/>
+    <hyperlink ref="Y10" r:id="rId_hyperlink_236"/>
+    <hyperlink ref="Z10" r:id="rId_hyperlink_237"/>
+    <hyperlink ref="AA10" r:id="rId_hyperlink_238"/>
+    <hyperlink ref="AB10" r:id="rId_hyperlink_239"/>
+    <hyperlink ref="AC10" r:id="rId_hyperlink_240"/>
+    <hyperlink ref="AD10" r:id="rId_hyperlink_241"/>
+    <hyperlink ref="AE10" r:id="rId_hyperlink_242"/>
+    <hyperlink ref="AF10" r:id="rId_hyperlink_243"/>
+    <hyperlink ref="AG10" r:id="rId_hyperlink_244"/>
+    <hyperlink ref="AH10" r:id="rId_hyperlink_245"/>
+    <hyperlink ref="AI10" r:id="rId_hyperlink_246"/>
+    <hyperlink ref="AJ10" r:id="rId_hyperlink_247"/>
+    <hyperlink ref="AK10" r:id="rId_hyperlink_248"/>
+    <hyperlink ref="AL10" r:id="rId_hyperlink_249"/>
+    <hyperlink ref="AM10" r:id="rId_hyperlink_250"/>
+    <hyperlink ref="AN10" r:id="rId_hyperlink_251"/>
+    <hyperlink ref="AO10" r:id="rId_hyperlink_252"/>
+    <hyperlink ref="AP10" r:id="rId_hyperlink_253"/>
+    <hyperlink ref="X11" r:id="rId_hyperlink_254"/>
+    <hyperlink ref="Y11" r:id="rId_hyperlink_255"/>
+    <hyperlink ref="Z11" r:id="rId_hyperlink_256"/>
+    <hyperlink ref="AA11" r:id="rId_hyperlink_257"/>
+    <hyperlink ref="AB11" r:id="rId_hyperlink_258"/>
+    <hyperlink ref="AC11" r:id="rId_hyperlink_259"/>
+    <hyperlink ref="AD11" r:id="rId_hyperlink_260"/>
+    <hyperlink ref="AE11" r:id="rId_hyperlink_261"/>
+    <hyperlink ref="AF11" r:id="rId_hyperlink_262"/>
+    <hyperlink ref="AG11" r:id="rId_hyperlink_263"/>
+    <hyperlink ref="AH11" r:id="rId_hyperlink_264"/>
+    <hyperlink ref="AI11" r:id="rId_hyperlink_265"/>
+    <hyperlink ref="AJ11" r:id="rId_hyperlink_266"/>
+    <hyperlink ref="AK11" r:id="rId_hyperlink_267"/>
+    <hyperlink ref="AL11" r:id="rId_hyperlink_268"/>
+    <hyperlink ref="AM11" r:id="rId_hyperlink_269"/>
+    <hyperlink ref="AN11" r:id="rId_hyperlink_270"/>
+    <hyperlink ref="AO11" r:id="rId_hyperlink_271"/>
+    <hyperlink ref="AP11" r:id="rId_hyperlink_272"/>
+    <hyperlink ref="AQ11" r:id="rId_hyperlink_273"/>
+    <hyperlink ref="AR11" r:id="rId_hyperlink_274"/>
+    <hyperlink ref="AS11" r:id="rId_hyperlink_275"/>
+    <hyperlink ref="AT11" r:id="rId_hyperlink_276"/>
+    <hyperlink ref="AU11" r:id="rId_hyperlink_277"/>
+    <hyperlink ref="AV11" r:id="rId_hyperlink_278"/>
+    <hyperlink ref="AW11" r:id="rId_hyperlink_279"/>
+    <hyperlink ref="AX11" r:id="rId_hyperlink_280"/>
+    <hyperlink ref="X12" r:id="rId_hyperlink_281"/>
+    <hyperlink ref="X13" r:id="rId_hyperlink_282"/>
+    <hyperlink ref="Y13" r:id="rId_hyperlink_283"/>
+    <hyperlink ref="Z13" r:id="rId_hyperlink_284"/>
+    <hyperlink ref="AA13" r:id="rId_hyperlink_285"/>
+    <hyperlink ref="AB13" r:id="rId_hyperlink_286"/>
+    <hyperlink ref="AC13" r:id="rId_hyperlink_287"/>
+    <hyperlink ref="AD13" r:id="rId_hyperlink_288"/>
+    <hyperlink ref="X14" r:id="rId_hyperlink_289"/>
+    <hyperlink ref="X15" r:id="rId_hyperlink_290"/>
+    <hyperlink ref="Y15" r:id="rId_hyperlink_291"/>
+    <hyperlink ref="Z15" r:id="rId_hyperlink_292"/>
+    <hyperlink ref="AA15" r:id="rId_hyperlink_293"/>
+    <hyperlink ref="AB15" r:id="rId_hyperlink_294"/>
+    <hyperlink ref="AC15" r:id="rId_hyperlink_295"/>
+    <hyperlink ref="AD15" r:id="rId_hyperlink_296"/>
+    <hyperlink ref="AE15" r:id="rId_hyperlink_297"/>
+    <hyperlink ref="AF15" r:id="rId_hyperlink_298"/>
+    <hyperlink ref="AG15" r:id="rId_hyperlink_299"/>
+    <hyperlink ref="AH15" r:id="rId_hyperlink_300"/>
+    <hyperlink ref="AI15" r:id="rId_hyperlink_301"/>
+    <hyperlink ref="AJ15" r:id="rId_hyperlink_302"/>
+    <hyperlink ref="AK15" r:id="rId_hyperlink_303"/>
+    <hyperlink ref="AL15" r:id="rId_hyperlink_304"/>
+    <hyperlink ref="AM15" r:id="rId_hyperlink_305"/>
+    <hyperlink ref="AN15" r:id="rId_hyperlink_306"/>
+    <hyperlink ref="AO15" r:id="rId_hyperlink_307"/>
+    <hyperlink ref="AP15" r:id="rId_hyperlink_308"/>
+    <hyperlink ref="AQ15" r:id="rId_hyperlink_309"/>
+    <hyperlink ref="AR15" r:id="rId_hyperlink_310"/>
+    <hyperlink ref="AS15" r:id="rId_hyperlink_311"/>
+    <hyperlink ref="AT15" r:id="rId_hyperlink_312"/>
+    <hyperlink ref="AU15" r:id="rId_hyperlink_313"/>
+    <hyperlink ref="AV15" r:id="rId_hyperlink_314"/>
+    <hyperlink ref="AW15" r:id="rId_hyperlink_315"/>
+    <hyperlink ref="AX15" r:id="rId_hyperlink_316"/>
+    <hyperlink ref="AY15" r:id="rId_hyperlink_317"/>
+    <hyperlink ref="AZ15" r:id="rId_hyperlink_318"/>
+    <hyperlink ref="BA15" r:id="rId_hyperlink_319"/>
+    <hyperlink ref="BB15" r:id="rId_hyperlink_320"/>
+    <hyperlink ref="BC15" r:id="rId_hyperlink_321"/>
+    <hyperlink ref="BD15" r:id="rId_hyperlink_322"/>
+    <hyperlink ref="BE15" r:id="rId_hyperlink_323"/>
+    <hyperlink ref="BF15" r:id="rId_hyperlink_324"/>
+    <hyperlink ref="BG15" r:id="rId_hyperlink_325"/>
+    <hyperlink ref="BH15" r:id="rId_hyperlink_326"/>
+    <hyperlink ref="BI15" r:id="rId_hyperlink_327"/>
+    <hyperlink ref="BJ15" r:id="rId_hyperlink_328"/>
+    <hyperlink ref="BK15" r:id="rId_hyperlink_329"/>
+    <hyperlink ref="BL15" r:id="rId_hyperlink_330"/>
+    <hyperlink ref="BM15" r:id="rId_hyperlink_331"/>
+    <hyperlink ref="BN15" r:id="rId_hyperlink_332"/>
+    <hyperlink ref="BO15" r:id="rId_hyperlink_333"/>
+    <hyperlink ref="BP15" r:id="rId_hyperlink_334"/>
+    <hyperlink ref="BQ15" r:id="rId_hyperlink_335"/>
+    <hyperlink ref="BR15" r:id="rId_hyperlink_336"/>
+    <hyperlink ref="BS15" r:id="rId_hyperlink_337"/>
+    <hyperlink ref="BT15" r:id="rId_hyperlink_338"/>
+    <hyperlink ref="BU15" r:id="rId_hyperlink_339"/>
+    <hyperlink ref="BV15" r:id="rId_hyperlink_340"/>
+    <hyperlink ref="BW15" r:id="rId_hyperlink_341"/>
+    <hyperlink ref="BX15" r:id="rId_hyperlink_342"/>
+    <hyperlink ref="BY15" r:id="rId_hyperlink_343"/>
+    <hyperlink ref="BZ15" r:id="rId_hyperlink_344"/>
+    <hyperlink ref="CA15" r:id="rId_hyperlink_345"/>
+    <hyperlink ref="CB15" r:id="rId_hyperlink_346"/>
+    <hyperlink ref="CC15" r:id="rId_hyperlink_347"/>
+    <hyperlink ref="CD15" r:id="rId_hyperlink_348"/>
+    <hyperlink ref="CE15" r:id="rId_hyperlink_349"/>
+    <hyperlink ref="CF15" r:id="rId_hyperlink_350"/>
+    <hyperlink ref="CG15" r:id="rId_hyperlink_351"/>
+    <hyperlink ref="CH15" r:id="rId_hyperlink_352"/>
+    <hyperlink ref="CI15" r:id="rId_hyperlink_353"/>
+    <hyperlink ref="CJ15" r:id="rId_hyperlink_354"/>
+    <hyperlink ref="CK15" r:id="rId_hyperlink_355"/>
+    <hyperlink ref="CL15" r:id="rId_hyperlink_356"/>
+    <hyperlink ref="CM15" r:id="rId_hyperlink_357"/>
+    <hyperlink ref="CN15" r:id="rId_hyperlink_358"/>
+    <hyperlink ref="CO15" r:id="rId_hyperlink_359"/>
+    <hyperlink ref="CP15" r:id="rId_hyperlink_360"/>
+    <hyperlink ref="CQ15" r:id="rId_hyperlink_361"/>
+    <hyperlink ref="CR15" r:id="rId_hyperlink_362"/>
+    <hyperlink ref="CS15" r:id="rId_hyperlink_363"/>
+    <hyperlink ref="CT15" r:id="rId_hyperlink_364"/>
+    <hyperlink ref="CU15" r:id="rId_hyperlink_365"/>
+    <hyperlink ref="CV15" r:id="rId_hyperlink_366"/>
+    <hyperlink ref="CW15" r:id="rId_hyperlink_367"/>
+    <hyperlink ref="CX15" r:id="rId_hyperlink_368"/>
+    <hyperlink ref="CY15" r:id="rId_hyperlink_369"/>
+    <hyperlink ref="CZ15" r:id="rId_hyperlink_370"/>
+    <hyperlink ref="X16" r:id="rId_hyperlink_371"/>
+    <hyperlink ref="X17" r:id="rId_hyperlink_372"/>
+    <hyperlink ref="Y17" r:id="rId_hyperlink_373"/>
+    <hyperlink ref="Z17" r:id="rId_hyperlink_374"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
@@ -1782,32 +4641,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-11-24 07:50:49</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-24 07:50:49)</dc:description>
+  <dc:title>Literature Export 2026-01-14 00:10:30</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-14 00:10:30)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>